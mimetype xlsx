--- v0 (2025-10-08)
+++ v1 (2026-01-23)
@@ -34,1704 +34,1704 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="5" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="2018" sheetId="1" r:id="rId4"/>
     <sheet name="2019" sheetId="2" r:id="rId5"/>
     <sheet name="2020" sheetId="3" r:id="rId6"/>
     <sheet name="2021" sheetId="4" r:id="rId7"/>
     <sheet name="2022" sheetId="5" r:id="rId8"/>
     <sheet name="2023" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="553">
   <si>
     <t>Distributions for 2018</t>
   </si>
   <si>
-    <t>Nom du fonds</t>
-[...23 lines deleted...]
-    <t>Série A</t>
+    <t>Fund Name</t>
+  </si>
+  <si>
+    <t>Foreign (Non-Business) Income</t>
+  </si>
+  <si>
+    <t>Foreign (Non-Business) Income Tax Paid</t>
+  </si>
+  <si>
+    <t>Canadian Dividends</t>
+  </si>
+  <si>
+    <t>Capital Gains</t>
+  </si>
+  <si>
+    <t>Return of Capital (\"ROC\")</t>
+  </si>
+  <si>
+    <t>Total Distribution</t>
+  </si>
+  <si>
+    <t>Starlight Dividend Growth Class&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>Series A</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>0,241&amp;nbsp;$</t>
-[...176 lines deleted...]
-    <t>Global Real Assets Trust - Répartition finale de l’impôt (%) par part</t>
+    <t>$0.241</t>
+  </si>
+  <si>
+    <t>Series T8</t>
+  </si>
+  <si>
+    <t>$0.081</t>
+  </si>
+  <si>
+    <t>$0.526</t>
+  </si>
+  <si>
+    <t>$0.606</t>
+  </si>
+  <si>
+    <t>Series F</t>
+  </si>
+  <si>
+    <t>$0.253</t>
+  </si>
+  <si>
+    <t>Series B</t>
+  </si>
+  <si>
+    <t>$0.210</t>
+  </si>
+  <si>
+    <t>Series C</t>
+  </si>
+  <si>
+    <t>Series L</t>
+  </si>
+  <si>
+    <t>Series T8B</t>
+  </si>
+  <si>
+    <t>$0.497</t>
+  </si>
+  <si>
+    <t>$0.574</t>
+  </si>
+  <si>
+    <t>Starlight Global Balanced Fund - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>Series AA</t>
+  </si>
+  <si>
+    <t>$0.024</t>
+  </si>
+  <si>
+    <t>$0.601</t>
+  </si>
+  <si>
+    <t>Series FF</t>
+  </si>
+  <si>
+    <t>$0.579</t>
+  </si>
+  <si>
+    <t>Starlight Global Growth Fund - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.741</t>
+  </si>
+  <si>
+    <t>Starlight Global Infrastructure Fund&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>Series ETF</t>
+  </si>
+  <si>
+    <t>$0.010</t>
+  </si>
+  <si>
+    <t>$0.069</t>
+  </si>
+  <si>
+    <t>$0.046</t>
+  </si>
+  <si>
+    <t>$0.125</t>
+  </si>
+  <si>
+    <t>Series T6</t>
+  </si>
+  <si>
+    <t>$0.012</t>
+  </si>
+  <si>
+    <t>$0.083</t>
+  </si>
+  <si>
+    <t>$0.055</t>
+  </si>
+  <si>
+    <t>$0.150</t>
+  </si>
+  <si>
+    <t>Series FT6</t>
+  </si>
+  <si>
+    <t>Series O</t>
+  </si>
+  <si>
+    <t>Series O6</t>
+  </si>
+  <si>
+    <t>Series I</t>
+  </si>
+  <si>
+    <t>Series FC</t>
+  </si>
+  <si>
+    <t>Series FCT6</t>
+  </si>
+  <si>
+    <t>Starlight Global Real Estate Fund&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.002</t>
+  </si>
+  <si>
+    <t>$0.123</t>
+  </si>
+  <si>
+    <t>Starlight North American Equity Fund - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.376</t>
+  </si>
+  <si>
+    <t>Global Real Assets Trust - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>Starlight Dividend Growth Class&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>100.00%</t>
+  </si>
+  <si>
+    <t>13.31%</t>
+  </si>
+  <si>
+    <t>86.69%</t>
+  </si>
+  <si>
+    <t>Starlight Global Balanced Fund - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>Starlight Global Growth Fund - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>Starlight Global Infrastructure Fund&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>8.00%</t>
+  </si>
+  <si>
+    <t>55.32%</t>
+  </si>
+  <si>
+    <t>36.69%</t>
+  </si>
+  <si>
+    <t>Starlight Global Real Estate Fund&lt;sup&gt;1&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>1.78%</t>
+  </si>
+  <si>
+    <t>98.22%</t>
+  </si>
+  <si>
+    <t>Starlight North American Equity Fund - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>Global Real Assets Trust - Final Tax Allocation (%) Per Unit</t>
   </si>
   <si>
     <t>Distributions for 2019</t>
   </si>
   <si>
-    <t>Série FNP</t>
-[...188 lines deleted...]
-    <t>76,42&amp;nbsp;%</t>
+    <t>Series PTF</t>
+  </si>
+  <si>
+    <t>$0.043</t>
+  </si>
+  <si>
+    <t>$0.112</t>
+  </si>
+  <si>
+    <t>$0.433</t>
+  </si>
+  <si>
+    <t>$0.545</t>
+  </si>
+  <si>
+    <t>$0.407</t>
+  </si>
+  <si>
+    <t>$0.513</t>
+  </si>
+  <si>
+    <t>$0.345</t>
+  </si>
+  <si>
+    <t>$0.195</t>
+  </si>
+  <si>
+    <t>$0.540</t>
+  </si>
+  <si>
+    <t>$0.187</t>
+  </si>
+  <si>
+    <t>$0.519</t>
+  </si>
+  <si>
+    <t>$0.374</t>
+  </si>
+  <si>
+    <t>$0.096</t>
+  </si>
+  <si>
+    <t>$0.404</t>
+  </si>
+  <si>
+    <t>$0.500</t>
+  </si>
+  <si>
+    <t>$0.110</t>
+  </si>
+  <si>
+    <t>$0.464</t>
+  </si>
+  <si>
+    <t>$0.466</t>
+  </si>
+  <si>
+    <t>$0.576</t>
+  </si>
+  <si>
+    <t>$0.111</t>
+  </si>
+  <si>
+    <t>$0.577</t>
+  </si>
+  <si>
+    <t>$0.008</t>
+  </si>
+  <si>
+    <t>$0.440</t>
+  </si>
+  <si>
+    <t>$0.009</t>
+  </si>
+  <si>
+    <t>$0.493</t>
+  </si>
+  <si>
+    <t>$0.561</t>
+  </si>
+  <si>
+    <t>$0.495</t>
+  </si>
+  <si>
+    <t>$0.563</t>
+  </si>
+  <si>
+    <t>$0.496</t>
+  </si>
+  <si>
+    <t>$0.564</t>
+  </si>
+  <si>
+    <t>Starlight Canadian Financial Services Covered Call Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.029</t>
+  </si>
+  <si>
+    <t>$0.030</t>
+  </si>
+  <si>
+    <t>$0.051</t>
+  </si>
+  <si>
+    <t>Starlight Enhanced Yield Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.011</t>
+  </si>
+  <si>
+    <t>$0.133</t>
+  </si>
+  <si>
+    <t>$0.144</t>
+  </si>
+  <si>
+    <t>$0.036</t>
+  </si>
+  <si>
+    <t>$0.115</t>
+  </si>
+  <si>
+    <t>$0.151</t>
+  </si>
+  <si>
+    <t>Series T5</t>
+  </si>
+  <si>
+    <t>$0.167</t>
+  </si>
+  <si>
+    <t>20.57%</t>
+  </si>
+  <si>
+    <t>79.43%</t>
+  </si>
+  <si>
+    <t>79.42%</t>
+  </si>
+  <si>
+    <t>63.90%</t>
+  </si>
+  <si>
+    <t>36.10%</t>
+  </si>
+  <si>
+    <t>36.09%</t>
+  </si>
+  <si>
+    <t>19.17%</t>
+  </si>
+  <si>
+    <t>80.83%</t>
+  </si>
+  <si>
+    <t>1.58%</t>
+  </si>
+  <si>
+    <t>87.95%</t>
+  </si>
+  <si>
+    <t>Starlight Canadian Financial Services Covered Call Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>5.24%</t>
+  </si>
+  <si>
+    <t>94.76%</t>
+  </si>
+  <si>
+    <t>14.84%</t>
+  </si>
+  <si>
+    <t>85.16%</t>
+  </si>
+  <si>
+    <t>Starlight Enhanced Yield Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>7.31%</t>
+  </si>
+  <si>
+    <t>92.69%</t>
+  </si>
+  <si>
+    <t>23.58%</t>
+  </si>
+  <si>
+    <t>76.42%</t>
   </si>
   <si>
     <t>Distributions for 2020</t>
   </si>
   <si>
-    <t>0,170&amp;nbsp;$</t>
-[...167 lines deleted...]
-    <t>84,73&amp;nbsp;%</t>
+    <t>$0.170</t>
+  </si>
+  <si>
+    <t>$0.142</t>
+  </si>
+  <si>
+    <t>$0.459</t>
+  </si>
+  <si>
+    <t>$0.429</t>
+  </si>
+  <si>
+    <t>$0.562</t>
+  </si>
+  <si>
+    <t>$1.379</t>
+  </si>
+  <si>
+    <t>$1.102</t>
+  </si>
+  <si>
+    <t>$0.610</t>
+  </si>
+  <si>
+    <t>$1.036</t>
+  </si>
+  <si>
+    <t>$0.778</t>
+  </si>
+  <si>
+    <t>$0.015</t>
+  </si>
+  <si>
+    <t>$0.041</t>
+  </si>
+  <si>
+    <t>$0.514</t>
+  </si>
+  <si>
+    <t>$0.570</t>
+  </si>
+  <si>
+    <t>$0.018</t>
+  </si>
+  <si>
+    <t>$0.049</t>
+  </si>
+  <si>
+    <t>$0.614</t>
+  </si>
+  <si>
+    <t>$0.681</t>
+  </si>
+  <si>
+    <t>$0.019</t>
+  </si>
+  <si>
+    <t>$0.623</t>
+  </si>
+  <si>
+    <t>$0.691</t>
+  </si>
+  <si>
+    <t>$0.050</t>
+  </si>
+  <si>
+    <t>$0.631</t>
+  </si>
+  <si>
+    <t>$0.700</t>
+  </si>
+  <si>
+    <t>$0.034</t>
+  </si>
+  <si>
+    <t>$0.506</t>
+  </si>
+  <si>
+    <t>$0.040</t>
+  </si>
+  <si>
+    <t>$0.594</t>
+  </si>
+  <si>
+    <t>$0.634</t>
+  </si>
+  <si>
+    <t>$0.603</t>
+  </si>
+  <si>
+    <t>$0.644</t>
+  </si>
+  <si>
+    <t>$0.611</t>
+  </si>
+  <si>
+    <t>$0.652</t>
+  </si>
+  <si>
+    <t>$0.405</t>
+  </si>
+  <si>
+    <t>Starlight Private Global Infrastructure Pool - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.250</t>
+  </si>
+  <si>
+    <t>Starlight Private Global Real Estate Pool - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.520</t>
+  </si>
+  <si>
+    <t>$0.107</t>
+  </si>
+  <si>
+    <t>$0.020</t>
+  </si>
+  <si>
+    <t>$0.127</t>
+  </si>
+  <si>
+    <t>$0.152</t>
+  </si>
+  <si>
+    <t>$0.027</t>
+  </si>
+  <si>
+    <t>$0.179</t>
+  </si>
+  <si>
+    <t>$0.498</t>
+  </si>
+  <si>
+    <t>23.56%</t>
+  </si>
+  <si>
+    <t>76.44%</t>
+  </si>
+  <si>
+    <t>2.69%</t>
+  </si>
+  <si>
+    <t>7.16%</t>
+  </si>
+  <si>
+    <t>90.15%</t>
+  </si>
+  <si>
+    <t>6.34%</t>
+  </si>
+  <si>
+    <t>93.66%</t>
+  </si>
+  <si>
+    <t>Starlight Private Global Infrastructure Pool - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>Starlight Private Global Real Estate Pool - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>84.29%</t>
+  </si>
+  <si>
+    <t>15.71%</t>
+  </si>
+  <si>
+    <t>84.73%</t>
   </si>
   <si>
     <t>Distributions for 2021</t>
   </si>
   <si>
-    <t>0,328&amp;nbsp;$</t>
-[...122 lines deleted...]
-    <t>71,62&amp;nbsp;%</t>
+    <t>$0.328</t>
+  </si>
+  <si>
+    <t>$0.271</t>
+  </si>
+  <si>
+    <t>$0.599</t>
+  </si>
+  <si>
+    <t>$0.113</t>
+  </si>
+  <si>
+    <t>$0.251</t>
+  </si>
+  <si>
+    <t>$0.556</t>
+  </si>
+  <si>
+    <t>$0.052</t>
+  </si>
+  <si>
+    <t>$0.548</t>
+  </si>
+  <si>
+    <t>$0.476</t>
+  </si>
+  <si>
+    <t>$0.525</t>
+  </si>
+  <si>
+    <t>$0.952</t>
+  </si>
+  <si>
+    <t>$0.350</t>
+  </si>
+  <si>
+    <t>$0.200</t>
+  </si>
+  <si>
+    <t>$0.580</t>
+  </si>
+  <si>
+    <t>Series D</t>
+  </si>
+  <si>
+    <t>$0.000</t>
+  </si>
+  <si>
+    <t>$0.080</t>
+  </si>
+  <si>
+    <t>$-0.010</t>
+  </si>
+  <si>
+    <t>$0.390</t>
+  </si>
+  <si>
+    <t>$0.120</t>
+  </si>
+  <si>
+    <t>$0.400</t>
+  </si>
+  <si>
+    <t>$0.560</t>
+  </si>
+  <si>
+    <t>$0.060</t>
+  </si>
+  <si>
+    <t>$0.090</t>
+  </si>
+  <si>
+    <t>$0.449</t>
+  </si>
+  <si>
+    <t>$0.792</t>
+  </si>
+  <si>
+    <t>$1.093</t>
+  </si>
+  <si>
+    <t>$0.048</t>
+  </si>
+  <si>
+    <t>$0.149</t>
+  </si>
+  <si>
+    <t>$0.424</t>
+  </si>
+  <si>
+    <t>54.74%</t>
+  </si>
+  <si>
+    <t>45.26%</t>
+  </si>
+  <si>
+    <t>9.42%</t>
+  </si>
+  <si>
+    <t>90.85%</t>
+  </si>
+  <si>
+    <t>90.58%</t>
+  </si>
+  <si>
+    <t>3.58%</t>
+  </si>
+  <si>
+    <t>61.44%</t>
+  </si>
+  <si>
+    <t>34.98%</t>
+  </si>
+  <si>
+    <t>-1.16%</t>
+  </si>
+  <si>
+    <t>0.94%</t>
+  </si>
+  <si>
+    <t>20.84%</t>
+  </si>
+  <si>
+    <t>71.62%</t>
   </si>
   <si>
     <t>Distributions for 2022</t>
   </si>
   <si>
-    <t>0,067&amp;nbsp;$</t>
-[...218 lines deleted...]
-    <t>78,40&amp;nbsp;%</t>
+    <t>$0.067</t>
+  </si>
+  <si>
+    <t>$0.103</t>
+  </si>
+  <si>
+    <t>$0.095</t>
+  </si>
+  <si>
+    <t>$0.146</t>
+  </si>
+  <si>
+    <t>$0.276</t>
+  </si>
+  <si>
+    <t>$0.100</t>
+  </si>
+  <si>
+    <t>$0.153</t>
+  </si>
+  <si>
+    <t>$0.128</t>
+  </si>
+  <si>
+    <t>$0.391</t>
+  </si>
+  <si>
+    <t>$0.645</t>
+  </si>
+  <si>
+    <t>$0.275</t>
+  </si>
+  <si>
+    <t>$0.541</t>
+  </si>
+  <si>
+    <t>$0.262</t>
+  </si>
+  <si>
+    <t>$0.516</t>
+  </si>
+  <si>
+    <t>$1.019</t>
+  </si>
+  <si>
+    <t>$0.450</t>
+  </si>
+  <si>
+    <t>$0.130</t>
+  </si>
+  <si>
+    <t>$0.650</t>
+  </si>
+  <si>
+    <t>$0.680</t>
+  </si>
+  <si>
+    <t>$0.470</t>
+  </si>
+  <si>
+    <t>$0.590</t>
+  </si>
+  <si>
+    <t>$0.140</t>
+  </si>
+  <si>
+    <t>$0.550</t>
+  </si>
+  <si>
+    <t>$0.600</t>
+  </si>
+  <si>
+    <t>$0.380</t>
+  </si>
+  <si>
+    <t>$0.160</t>
+  </si>
+  <si>
+    <t>$0.370</t>
+  </si>
+  <si>
+    <t>$0.670</t>
+  </si>
+  <si>
+    <t>$0.460</t>
+  </si>
+  <si>
+    <t>$0.180</t>
+  </si>
+  <si>
+    <t>$0.480</t>
+  </si>
+  <si>
+    <t>$0.720</t>
+  </si>
+  <si>
+    <t>$0.530</t>
+  </si>
+  <si>
+    <t>$0.567</t>
+  </si>
+  <si>
+    <t>Series A (USD)</t>
+  </si>
+  <si>
+    <t>Series F (USD)</t>
+  </si>
+  <si>
+    <t>$0.668</t>
+  </si>
+  <si>
+    <t>$0.678</t>
+  </si>
+  <si>
+    <t>$0.694</t>
+  </si>
+  <si>
+    <t>$1.638</t>
+  </si>
+  <si>
+    <t>$0.075</t>
+  </si>
+  <si>
+    <t>$0.327</t>
+  </si>
+  <si>
+    <t>$0.402</t>
+  </si>
+  <si>
+    <t>$0.181</t>
+  </si>
+  <si>
+    <t>$0.543</t>
+  </si>
+  <si>
+    <t>$0.312</t>
+  </si>
+  <si>
+    <t>$0.289</t>
+  </si>
+  <si>
+    <t>$0.602</t>
+  </si>
+  <si>
+    <t>$0.326</t>
+  </si>
+  <si>
+    <t>$0.416</t>
+  </si>
+  <si>
+    <t>$0.501</t>
+  </si>
+  <si>
+    <t>39.47%</t>
+  </si>
+  <si>
+    <t>60.56%</t>
+  </si>
+  <si>
+    <t>39.44%</t>
+  </si>
+  <si>
+    <t>39.45%</t>
+  </si>
+  <si>
+    <t>39.42%</t>
+  </si>
+  <si>
+    <t>1.79%</t>
+  </si>
+  <si>
+    <t>44.82%</t>
+  </si>
+  <si>
+    <t>50.82%</t>
+  </si>
+  <si>
+    <t>1.12%</t>
+  </si>
+  <si>
+    <t>19.78%</t>
+  </si>
+  <si>
+    <t>79.10%</t>
+  </si>
+  <si>
+    <t>-0.80%</t>
+  </si>
+  <si>
+    <t>0.54%</t>
+  </si>
+  <si>
+    <t>29.29%</t>
+  </si>
+  <si>
+    <t>65.61%</t>
+  </si>
+  <si>
+    <t>18.74%</t>
+  </si>
+  <si>
+    <t>81.26%</t>
+  </si>
+  <si>
+    <t>34.38%</t>
+  </si>
+  <si>
+    <t>65.62%</t>
+  </si>
+  <si>
+    <t>51.93%</t>
+  </si>
+  <si>
+    <t>48.07%</t>
+  </si>
+  <si>
+    <t>21.60%</t>
+  </si>
+  <si>
+    <t>78.40%</t>
   </si>
   <si>
     <t>Distributions for 2023</t>
   </si>
   <si>
-    <t>0,213&amp;nbsp;$</t>
-[...716 lines deleted...]
-    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Répartition finale de l’impôt (%) par part</t>
+    <t>$0.213</t>
+  </si>
+  <si>
+    <t>$0.295</t>
+  </si>
+  <si>
+    <t>$0.001</t>
+  </si>
+  <si>
+    <t>$0.509</t>
+  </si>
+  <si>
+    <t>$0.247</t>
+  </si>
+  <si>
+    <t>$0.342</t>
+  </si>
+  <si>
+    <t>$0.589</t>
+  </si>
+  <si>
+    <t>$0.117</t>
+  </si>
+  <si>
+    <t>$0.162</t>
+  </si>
+  <si>
+    <t>$0.291</t>
+  </si>
+  <si>
+    <t>$0.571</t>
+  </si>
+  <si>
+    <t>$0.323</t>
+  </si>
+  <si>
+    <t>$0.443</t>
+  </si>
+  <si>
+    <t>$0.766</t>
+  </si>
+  <si>
+    <t>$0.016</t>
+  </si>
+  <si>
+    <t>$0.223</t>
+  </si>
+  <si>
+    <t>Series FT8</t>
+  </si>
+  <si>
+    <t>$0.064</t>
+  </si>
+  <si>
+    <t>$0.088</t>
+  </si>
+  <si>
+    <t>$0.182</t>
+  </si>
+  <si>
+    <t>$0.334</t>
+  </si>
+  <si>
+    <t>$0.423</t>
+  </si>
+  <si>
+    <t>$0.222</t>
+  </si>
+  <si>
+    <t>$0.308</t>
+  </si>
+  <si>
+    <t>$0.532</t>
+  </si>
+  <si>
+    <t>$0.309</t>
+  </si>
+  <si>
+    <t>$0.003</t>
+  </si>
+  <si>
+    <t>$0.534</t>
+  </si>
+  <si>
+    <t>$0.297</t>
+  </si>
+  <si>
+    <t>$0.411</t>
+  </si>
+  <si>
+    <t>$0.711</t>
+  </si>
+  <si>
+    <t>$0.108</t>
+  </si>
+  <si>
+    <t>$0.265</t>
+  </si>
+  <si>
+    <t>$0.524</t>
+  </si>
+  <si>
+    <t>Series T8C&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>$0.071</t>
+  </si>
+  <si>
+    <t>$0.098</t>
+  </si>
+  <si>
+    <t>$0.220</t>
+  </si>
+  <si>
+    <t>$0.014</t>
+  </si>
+  <si>
+    <t>$0.061</t>
+  </si>
+  <si>
+    <t>$0.324</t>
+  </si>
+  <si>
+    <t>$0.070</t>
+  </si>
+  <si>
+    <t>$0.028</t>
+  </si>
+  <si>
+    <t>$0.068</t>
+  </si>
+  <si>
+    <t>$0.154</t>
+  </si>
+  <si>
+    <t>$0.237</t>
+  </si>
+  <si>
+    <t>$0.059</t>
+  </si>
+  <si>
+    <t>$0.307</t>
+  </si>
+  <si>
+    <t>Series BB&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>Series L&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>$0.044</t>
+  </si>
+  <si>
+    <t>$0.006</t>
+  </si>
+  <si>
+    <t>$0.013</t>
+  </si>
+  <si>
+    <t>$0.058</t>
+  </si>
+  <si>
+    <t>$0.084</t>
+  </si>
+  <si>
+    <t>$0.155</t>
+  </si>
+  <si>
+    <t>$0.669</t>
+  </si>
+  <si>
+    <t>$0.482</t>
+  </si>
+  <si>
+    <t>$0.572</t>
+  </si>
+  <si>
+    <t>$0.085</t>
+  </si>
+  <si>
+    <t>$0.485</t>
+  </si>
+  <si>
+    <t>$0.082</t>
+  </si>
+  <si>
+    <t>$0.486</t>
+  </si>
+  <si>
+    <t>$0.568</t>
+  </si>
+  <si>
+    <t>$0.086</t>
+  </si>
+  <si>
+    <t>$0.595</t>
+  </si>
+  <si>
+    <t>$0.094</t>
+  </si>
+  <si>
+    <t>$0.593</t>
+  </si>
+  <si>
+    <t>$0.533</t>
+  </si>
+  <si>
+    <t>$0.596</t>
+  </si>
+  <si>
+    <t>Series D&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>Series FC&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>$0.045</t>
+  </si>
+  <si>
+    <t>$0.286</t>
+  </si>
+  <si>
+    <t>Series FCT6&lt;sup&gt;2&lt;/sup&gt;</t>
+  </si>
+  <si>
+    <t>$0.255</t>
+  </si>
+  <si>
+    <t>$0.298</t>
+  </si>
+  <si>
+    <t>$-0.018</t>
+  </si>
+  <si>
+    <t>$0.467</t>
+  </si>
+  <si>
+    <t>$0.582</t>
+  </si>
+  <si>
+    <t>$0.114</t>
+  </si>
+  <si>
+    <t>$-0.017</t>
+  </si>
+  <si>
+    <t>$0.452</t>
+  </si>
+  <si>
+    <t>$0.481</t>
+  </si>
+  <si>
+    <t>$0.119</t>
+  </si>
+  <si>
+    <t>$0.468</t>
+  </si>
+  <si>
+    <t>$0.583</t>
+  </si>
+  <si>
+    <t>$0.116</t>
+  </si>
+  <si>
+    <t>$0.394</t>
+  </si>
+  <si>
+    <t>$0.505</t>
+  </si>
+  <si>
+    <t>$0.126</t>
+  </si>
+  <si>
+    <t>$-0.019</t>
+  </si>
+  <si>
+    <t>$0.483</t>
+  </si>
+  <si>
+    <t>$0.605</t>
+  </si>
+  <si>
+    <t>$0.122</t>
+  </si>
+  <si>
+    <t>$0.528</t>
+  </si>
+  <si>
+    <t>$0.608</t>
+  </si>
+  <si>
+    <t>$0.266</t>
+  </si>
+  <si>
+    <t>$-0.009</t>
+  </si>
+  <si>
+    <t>$0.007</t>
+  </si>
+  <si>
+    <t>$0.234</t>
+  </si>
+  <si>
+    <t>$0.292</t>
+  </si>
+  <si>
+    <t>$0.197</t>
+  </si>
+  <si>
+    <t>$0.252</t>
+  </si>
+  <si>
+    <t>$0.420</t>
+  </si>
+  <si>
+    <t>$0.660</t>
+  </si>
+  <si>
+    <t>$0.690</t>
+  </si>
+  <si>
+    <t>$0.710</t>
+  </si>
+  <si>
+    <t>$0.730</t>
+  </si>
+  <si>
+    <t>$0.510</t>
+  </si>
+  <si>
+    <t>$0.760</t>
+  </si>
+  <si>
+    <t>$0.630</t>
+  </si>
+  <si>
+    <t>$0.620</t>
+  </si>
+  <si>
+    <t>Unison Acquisition Trust - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.109</t>
+  </si>
+  <si>
+    <t>$0.073</t>
+  </si>
+  <si>
+    <t>$0.137</t>
+  </si>
+  <si>
+    <t>$0.091</t>
+  </si>
+  <si>
+    <t>$0.227</t>
+  </si>
+  <si>
+    <t>$0.172</t>
+  </si>
+  <si>
+    <t>$0.038</t>
+  </si>
+  <si>
+    <t>Series FT5</t>
+  </si>
+  <si>
+    <t>$0.352</t>
+  </si>
+  <si>
+    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation ($) Per Unit</t>
+  </si>
+  <si>
+    <t>$0.232</t>
+  </si>
+  <si>
+    <t>$0.212</t>
+  </si>
+  <si>
+    <t>Series T8A</t>
+  </si>
+  <si>
+    <t>41.85%</t>
+  </si>
+  <si>
+    <t>58.01%</t>
+  </si>
+  <si>
+    <t>0.14%</t>
+  </si>
+  <si>
+    <t>41.86%</t>
+  </si>
+  <si>
+    <t>58.02%</t>
+  </si>
+  <si>
+    <t>0.12%</t>
+  </si>
+  <si>
+    <t>20.54%</t>
+  </si>
+  <si>
+    <t>28.46%</t>
+  </si>
+  <si>
+    <t>51.00%</t>
+  </si>
+  <si>
+    <t>42.21%</t>
+  </si>
+  <si>
+    <t>57.79%</t>
+  </si>
+  <si>
+    <t>4.50%</t>
+  </si>
+  <si>
+    <t>6.23%</t>
+  </si>
+  <si>
+    <t>89.27%</t>
+  </si>
+  <si>
+    <t>19.09%</t>
+  </si>
+  <si>
+    <t>26.46%</t>
+  </si>
+  <si>
+    <t>54.45%</t>
+  </si>
+  <si>
+    <t>43.06%</t>
+  </si>
+  <si>
+    <t>56.94%</t>
+  </si>
+  <si>
+    <t>41.76%</t>
+  </si>
+  <si>
+    <t>57.88%</t>
+  </si>
+  <si>
+    <t>0.36%</t>
+  </si>
+  <si>
+    <t>41.69%</t>
+  </si>
+  <si>
+    <t>57.78%</t>
+  </si>
+  <si>
+    <t>0.53%</t>
+  </si>
+  <si>
+    <t>41.74%</t>
+  </si>
+  <si>
+    <t>57.85%</t>
+  </si>
+  <si>
+    <t>0.42%</t>
+  </si>
+  <si>
+    <t>20.66%</t>
+  </si>
+  <si>
+    <t>28.63%</t>
+  </si>
+  <si>
+    <t>50.71%</t>
+  </si>
+  <si>
+    <t>23.23%</t>
+  </si>
+  <si>
+    <t>32.19%</t>
+  </si>
+  <si>
+    <t>44.85%</t>
+  </si>
+  <si>
+    <t>49.98%</t>
+  </si>
+  <si>
+    <t>50.02%</t>
+  </si>
+  <si>
+    <t>3.56%</t>
+  </si>
+  <si>
+    <t>15.37%</t>
+  </si>
+  <si>
+    <t>81.07%</t>
+  </si>
+  <si>
+    <t>58.25%</t>
+  </si>
+  <si>
+    <t>41.75%</t>
+  </si>
+  <si>
+    <t>11.16%</t>
+  </si>
+  <si>
+    <t>27.36%</t>
+  </si>
+  <si>
+    <t>61.48%</t>
+  </si>
+  <si>
+    <t>8.34%</t>
+  </si>
+  <si>
+    <t>20.44%</t>
+  </si>
+  <si>
+    <t>71.21%</t>
+  </si>
+  <si>
+    <t>23.17%</t>
+  </si>
+  <si>
+    <t>56.63%</t>
+  </si>
+  <si>
+    <t>20.20%</t>
+  </si>
+  <si>
+    <t>15.54%</t>
+  </si>
+  <si>
+    <t>80.88%</t>
+  </si>
+  <si>
+    <t>88.45%</t>
+  </si>
+  <si>
+    <t>11.55%</t>
+  </si>
+  <si>
+    <t>8.65%</t>
+  </si>
+  <si>
+    <t>37.52%</t>
+  </si>
+  <si>
+    <t>53.83%</t>
+  </si>
+  <si>
+    <t>14.91%</t>
+  </si>
+  <si>
+    <t>85.09%</t>
+  </si>
+  <si>
+    <t>14.43%</t>
+  </si>
+  <si>
+    <t>85.57%</t>
+  </si>
+  <si>
+    <t>15.78%</t>
+  </si>
+  <si>
+    <t>84.22%</t>
+  </si>
+  <si>
+    <t>14.48%</t>
+  </si>
+  <si>
+    <t>85.52%</t>
+  </si>
+  <si>
+    <t>15.94%</t>
+  </si>
+  <si>
+    <t>84.06%</t>
+  </si>
+  <si>
+    <t>14.45%</t>
+  </si>
+  <si>
+    <t>85.55%</t>
+  </si>
+  <si>
+    <t>15.99%</t>
+  </si>
+  <si>
+    <t>84.01%</t>
+  </si>
+  <si>
+    <t>32.24%</t>
+  </si>
+  <si>
+    <t>67.76%</t>
+  </si>
+  <si>
+    <t>20.64%</t>
+  </si>
+  <si>
+    <t>-3.08%</t>
+  </si>
+  <si>
+    <t>2.28%</t>
+  </si>
+  <si>
+    <t>80.16%</t>
+  </si>
+  <si>
+    <t>20.26%</t>
+  </si>
+  <si>
+    <t>-3.02%</t>
+  </si>
+  <si>
+    <t>2.24%</t>
+  </si>
+  <si>
+    <t>80.53%</t>
+  </si>
+  <si>
+    <t>23.11%</t>
+  </si>
+  <si>
+    <t>-3.45%</t>
+  </si>
+  <si>
+    <t>2.55%</t>
+  </si>
+  <si>
+    <t>77.78%</t>
+  </si>
+  <si>
+    <t>20.48%</t>
+  </si>
+  <si>
+    <t>-3.06%</t>
+  </si>
+  <si>
+    <t>2.26%</t>
+  </si>
+  <si>
+    <t>80.31%</t>
+  </si>
+  <si>
+    <t>22.91%</t>
+  </si>
+  <si>
+    <t>-3.42%</t>
+  </si>
+  <si>
+    <t>2.53%</t>
+  </si>
+  <si>
+    <t>77.98%</t>
+  </si>
+  <si>
+    <t>20.91%</t>
+  </si>
+  <si>
+    <t>-3.12%</t>
+  </si>
+  <si>
+    <t>2.31%</t>
+  </si>
+  <si>
+    <t>79.90%</t>
+  </si>
+  <si>
+    <t>23.03%</t>
+  </si>
+  <si>
+    <t>-3.44%</t>
+  </si>
+  <si>
+    <t>2.54%</t>
+  </si>
+  <si>
+    <t>77.86%</t>
+  </si>
+  <si>
+    <t>20.98%</t>
+  </si>
+  <si>
+    <t>-3.13%</t>
+  </si>
+  <si>
+    <t>2.32%</t>
+  </si>
+  <si>
+    <t>79.83%</t>
+  </si>
+  <si>
+    <t>43.51%</t>
+  </si>
+  <si>
+    <t>-6.49%</t>
+  </si>
+  <si>
+    <t>4.80%</t>
+  </si>
+  <si>
+    <t>58.18%</t>
+  </si>
+  <si>
+    <t>Unison Acquisition Trust - Final Tax Allocation (%) Per Unit</t>
+  </si>
+  <si>
+    <t>60.14%</t>
+  </si>
+  <si>
+    <t>39.86%</t>
+  </si>
+  <si>
+    <t>Stone Global Sustainability Fund&lt;sup&gt;3&lt;/sup&gt; - Final Tax Allocation (%) Per Unit</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -15383,92 +15383,92 @@
         <v>10</v>
       </c>
       <c r="E67" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>423</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="68" spans="1:7" customHeight="1" ht="25">
       <c r="A68" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
     </row>
     <row r="69" spans="1:7" customHeight="1" ht="25">
       <c r="A69" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E69" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>424</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70" spans="1:7" customHeight="1" ht="25">
       <c r="A70" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>144</v>
+        <v>424</v>
       </c>
     </row>
     <row r="71" spans="1:7" customHeight="1" ht="25">
       <c r="A71" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>425</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>425</v>
       </c>
     </row>
@@ -17205,74 +17205,74 @@
         <v>10</v>
       </c>
       <c r="E153" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="154" spans="1:7" customHeight="1" ht="25">
       <c r="A154" s="4" t="s">
         <v>70</v>
       </c>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="4"/>
       <c r="F154" s="4"/>
       <c r="G154" s="4"/>
     </row>
     <row r="155" spans="1:7" customHeight="1" ht="25">
       <c r="A155" s="1" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E155" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="156" spans="1:7" customHeight="1" ht="25">
       <c r="A156" s="1" t="s">
-        <v>20</v>
+        <v>47</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="D156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="E156" s="1" t="s">
         <v>10</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>57</v>
       </c>
       <c r="G156" s="1" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="157" spans="1:7" customHeight="1" ht="25">
       <c r="A157" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B157" s="1" t="s">